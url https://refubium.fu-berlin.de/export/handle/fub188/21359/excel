--- v0 (2025-11-07)
+++ v1 (2026-01-06)
@@ -6,76 +6,73 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.description.edition</t>
-[...1 lines deleted...]
-  <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.sepid</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
     <t>dc.title</t>
   </si>
   <si>
     <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
@@ -95,74 +92,71 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>c04139b1-143f-43ff-aeec-c1ed2ddc1bdc</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Khalal, M. A.||Lablanquie, P.||Andric, L.||Palaudoux, J.||Penent, F.||Bučar, K.||Žitnik, M.||Püttner, Ralph||Jänkälä, K.||Cubaynes, Denis||Guilbaud, S.||Bizau, J.-M.</t>
+    <t>Khalal, M. A.||Lablanquie, P.||Andric, L.||Palaudoux, J.||Penent, F.||Bučar, K.||Žitnik, M.||Püttner, Ralph||Jänkälä, Kari||Cubaynes, Denis||Guilbaud, S.||Bizau, J.-M.</t>
   </si>
   <si>
     <t>2018-06-08T10:56:12Z</t>
   </si>
   <si>
     <t>2018-03-14T10:54:46.803Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>We have studied Xe+4d inner-shell photoionization in a direct experiment on
 Xe+ ions, merging an ion and a photon beam and detecting the ejected electrons
 with a cylindrical mirror analyzer. The measured 4d photoelectron spectrum is
 compared to the 4d core valence double ionization spectrum of the neutral Xe
 atom, obtained with a magnetic bottle spectrometer. This multicoincidence
 experiment gives access to the spectroscopy of the individual Xe2+4d−15p−1
 states and to their respective Auger decays, which are found to present a
 strong selectivity. The experimental results are interpreted with the help of
 ab initio calculations.</t>
-  </si>
-[...1 lines deleted...]
-    <t>1\. Auflage</t>
   </si>
   <si>
     <t>10 Seiten</t>
   </si>
   <si>
     <t>59453</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/21359||http://dx.doi.org/10.17169/refubium-24653</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://journals.aps.org/authors/transfer-of-copyright-agreement</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>4d-inner-shell ionization of Xe+ ions and subsequent Auger decay</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
@@ -223,51 +217,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -308,129 +302,123 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
         <v>27</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>28</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>29</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>30</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>31</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>32</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>33</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>34</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>35</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>36</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>37</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>38</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>39</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>40</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>41</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>42</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>43</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>44</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>45</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>46</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>47</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>48</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>49</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>50</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>