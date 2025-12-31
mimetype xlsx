--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>13d6b829-2f9a-4763-a784-f3e765730c00</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Schlaich, Alexander||Knapp, Ernst W.||Netz, Roland</t>
+    <t>Schlaich, Alexander||Knapp, Ernst-Walter||Netz, Roland</t>
   </si>
   <si>
     <t>2018-06-08T10:52:31Z</t>
   </si>
   <si>
     <t>2017-02-24T11:31:22.993Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>We investigate the dielectric profile of water confined between two planar
 polar walls using atomistic molecular dynamics simulations. For a water slab
 thickness below 1 nm the dielectric response is highly asymmetric: while the
 parallel component slightly increases compared to bulk, the perpendicular one
 decreases drastically due to anticorrelated polarization of neighboring water
 molecules. We demonstrate the importance of the dielectric contribution due to
 flexible polar headgroups and derive an effective dielectric tensorial box
 model suitable for coarse-grained electrostatic modeling.</t>
   </si>
   <si>
     <t>5 Seiten</t>
   </si>
   <si>
     <t>53873</t>
@@ -150,51 +150,51 @@
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Water Dielectric Effects in Planar Confinement</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review Letters. - 117 (2016), 4, Artikel Nr. 048001</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.117.048001</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevLett.117.048001</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000007771</t>
   </si>
   <si>
     <t>FUDOCS_document_000000026440</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>