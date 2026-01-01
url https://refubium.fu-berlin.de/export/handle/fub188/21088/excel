--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -14,184 +14,184 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...5 lines deleted...]
-    <t>dc.rights.uri[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
-    <t>dc.title[]</t>
-[...2 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...5 lines deleted...]
-    <t>dcterms.bibliographicCitation[]</t>
+    <t>dcterms.bibliographicCitation</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
+  </si>
+  <si>
+    <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
-    <t>refubium.mycore.derivateId[]</t>
-[...8 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.mycore.derivateId</t>
+  </si>
+  <si>
+    <t>refubium.mycore.fudocsId</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>81e3d5f6-d2b8-45dc-a1c7-70e649e82217</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Gonzalez-Rodriguez, Sara||Quadir, Mohiuddin A.||Gupta, Shilpi||Walker, Karolina A.||Zhang, Xuejiao||Spahn, Viola||Labuz, Dominika||Rodriguez-Gaztelumendi, Antonio||Schmelz, Martin||Joseph, Jan||Parr, Maria K.||Machelska, Halina||Haag, Rainer||Stein, Christoph</t>
+    <t>Gonzalez-Rodriguez, Sara||Quadir, Mohiuddin A.||Gupta, Shilpi||Walker, Karolina A.||Zhang, Xuejiao||Spahn, Viola||Labuz, Dominika||Rodriguez-Gaztelumendi, Antonio||Schmelz, Martin||Joseph, Jan Felix||Parr, Maria K.||Machelska, Halina||Haag, Rainer||Stein, Christoph</t>
   </si>
   <si>
     <t>2018-06-08T10:47:28Z</t>
   </si>
   <si>
     <t>2017-08-28T08:33:57.282Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Novel painkillers are urgently needed. The activation of opioid receptors in
 peripheral inflamed tissue can reduce pain without central adverse effects
 such as sedation, apnoea, or addiction. Here, we use an unprecedented strategy
 and report the synthesis and analgesic efficacy of the standard opioid
 morphine covalently attached to hyperbranched polyglycerol (PG-M) by a
 cleavable linker. With its high-molecular weight and hydrophilicity, this
 conjugate is designed to selectively release morphine in injured tissue and to
 prevent blood-brain barrier permeation. In contrast to conventional morphine,
 intravenous PG-M exclusively activated peripheral opioid receptors to produce
 analgesia in inflamed rat paws without major side effects such as sedation or
 constipation. Concentrations of morphine in the brain, blood, paw tissue, and
 in vitro confirmed the selective release of morphine in the inflamed milieu.
 Thus, PG-M may serve as prototype of a peripherally restricted opioid
 formulation designed to forego central and intestinal side effects.</t>
   </si>
   <si>
     <t>24 S.</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-24385</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/21088</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/21088||http://dx.doi.org/10.17169/refubium-24385</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie</t>
   </si>
   <si>
     <t>Polyglycerol-opioid conjugate produces analgesia devoid of side effects</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
+    <t>eLife. - (2017), 6, Artikel Nr. e27081</t>
+  </si>
+  <si>
     <t>10.7554/eLife.27081</t>
   </si>
   <si>
     <t>http://doi.org/10.7554/eLife.27081.001</t>
   </si>
   <si>
-    <t>eLife. - (2017), 6, Artikel Nr. e27081</t>
+    <t>Institut für Pharmazie:::48f26436-28c9-4d76-8633-d686b5be6cbf:::600</t>
   </si>
   <si>
     <t>Biologie, Chemie, Pharmazie</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000008648</t>
   </si>
   <si>
     <t>FUDOCS_document_000000027670</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer reinen Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>