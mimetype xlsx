--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>43156dc1-67ac-4be3-ac68-7fd2a12a8241</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Marchenko, T.||Goldsztejn, G.||Jänkälä, K.||Travnikova, O.||Journel, L.||Guillemin, R.||Sisourat, N.||Céolin, D.||Žitnik, M.||Kavčič, M.||Bučar, K.||Mihelič, A.||Cunha de Miranda, B.||Ismail, I.||Lago, A. F.||Gel'mukhanov, F.||Püttner, Ralph||Piancastelli, M. N.||Simon, M.</t>
+    <t>Marchenko, T.||Goldsztejn, G.||Jänkälä, Kari||Travnikova, O.||Journel, L.||Guillemin, R.||Sisourat, N.||Céolin, D.||Žitnik, M.||Kavčič, M.||Bučar, K.||Mihelič, A.||Cunha de Miranda, B.||Ismail, I.||Lago, A. F.||Gel'mukhanov, F.||Püttner, Ralph||Piancastelli, M. N.||Simon, M.</t>
   </si>
   <si>
     <t>2018-06-08T10:45:52Z</t>
   </si>
   <si>
     <t>2018-03-13T10:52:00.771Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>A combination of resonant inelastic x-ray scattering and resonant Auger
 spectroscopy provides complementary information on the dynamic response of
 resonantly excited molecules. This is exemplified for CH3I, for which we
 reconstruct the potential energy surface of the dissociative I 3d−2 double-
 core-hole state and determine its lifetime. The proposed method holds a strong
 potential for monitoring the hard x-ray induced electron and nuclear dynamic
 response of core-excited molecules containing heavy elements, where ab initio
 calculations of potential energy surfaces and lifetimes remain challenging.</t>
   </si>
   <si>
     <t>6 Seiten</t>
   </si>
   <si>
     <t>60296</t>