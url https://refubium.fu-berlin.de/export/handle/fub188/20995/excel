--- v0 (2025-11-05)
+++ v1 (2026-01-03)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>6cc35e2d-4535-42b1-8325-dd7bc8a8458a</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Pfeiffer; M.||Zinke, J.||Dullo, W.-C.||Garbe-Schönberg, D.||Latif, M.||Weber, M. E.</t>
+    <t>Pfeiffer; M.||Zinke, J.||Dullo, W.-C.||Garbe-Schönberg, Dieter||Latif, M.||Weber, M. E.</t>
   </si>
   <si>
     <t>2018-06-08T10:44:30Z</t>
   </si>
   <si>
     <t>2017-11-24T08:49:04.444Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>The western Indian Ocean has been warming faster than any other tropical ocean
 during the 20th century, and is the largest contributor to the global mean sea
 surface temperature (SST) rise. However, the temporal pattern of Indian Ocean
 warming is poorly constrained and depends on the historical SST product. As
 all SST products are derived from the International Comprehensive Ocean-
 Atmosphere dataset (ICOADS), it is challenging to evaluate which product is
 superior. Here, we present a new, independent SST reconstruction from a set of
 Porites coral geochemical records from the western Indian Ocean. Our coral
 reconstruction shows that the World War II bias in the historical sea surface
 temperature record is the main reason for the differences between the SST
 products, and affects western Indian Ocean and global mean temperature trends.
 The 20th century Indian Ocean warming pattern portrayed by the corals is
 consistent with the SST product from the Hadley Centre (HadSST3), and suggests
 that the latter should be used in climate studies that include Indian Ocean