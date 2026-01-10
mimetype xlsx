--- v0 (2025-10-27)
+++ v1 (2026-01-10)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>60f873dd-8c79-441c-9de6-d04e60884a71</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Mühlenbruch (geb. Gutzler), Tobias||Nordmeier, Volkhard</t>
+    <t>Mühlenbruch, Tobias (geb. Gutzler)||Nordmeier, Volkhard</t>
   </si>
   <si>
     <t>2018-06-08T10:30:47Z</t>
   </si>
   <si>
     <t>2017-02-23T12:28:17.612Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>3 Seiten</t>
   </si>
   <si>
     <t>54976</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/20569||http://dx.doi.org/10.17169/refubium-23870</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by-nd/3.0/de/</t>
   </si>
@@ -135,51 +135,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik||300 Sozialwissenschaften::370 Bildung und Erziehung</t>
   </si>
   <si>
     <t>Design-Based Research im Praktikum</t>
   </si>
   <si>
     <t>Untersuchung der Usability und Wirksamkeit einer neuen IBE-Generation</t>
   </si>
   <si>
     <t>Buchkapitel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Maurer, Christian [Hrsg.]: Authentizität und Lernen - das Fach in der
 Fachdidaktik. Gesellschaft für Didaktik der Chemie und Physik Jahrestagung in
 Berlin 2015. Regensburg : Universität Regensburg 2016, S.361-363 -
 (Gesellschaft für Didaktik der Chemie und Physik; 36) - URN:
 urn:nbn:de:0111-pedocs-121254</t>
   </si>
   <si>
     <t>http://www.pedocs.de/frontdoor.php?source_opus=12125</t>
   </si>
   <si>
-    <t>Didaktik der Physik:::61d318ce-2446-4619-92aa-69a75d9a4040:::600</t>
+    <t>Didaktik der Physik:::61d318ce-2446-4619-92aa-69a75d9a4040:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000007748</t>
   </si>
   <si>
     <t>FUDOCS_document_000000026413</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>