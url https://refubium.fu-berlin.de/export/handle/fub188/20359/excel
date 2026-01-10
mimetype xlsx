--- v0 (2025-10-30)
+++ v1 (2026-01-10)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>b5102980-9bfe-422b-b298-2f7d72fdb188</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Karrasch, Christoph||Kennes, D. M.||Heidrich-Meisner, F.</t>
+    <t>Karrasch, Christoph||Kennes, Dante M.||Heidrich-Meisner, Fabian</t>
   </si>
   <si>
     <t>2018-06-08T10:23:36Z</t>
   </si>
   <si>
     <t>2017-02-24T07:45:17.804Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>We study the thermal conductivity of the one-dimensional Fermi-Hubbard model
 at a finite temperature using a density matrix renormalization group approach.
 The integrability of this model gives rise to ballistic thermal transport. We
 calculate the temperature dependence of the thermal Drude weight at half
 filling for various interaction strengths. The finite-frequency contributions
 originating from the fact that the energy current is not a conserved quantity
 are investigated as well. We report evidence that breaking the integrability
 through a nearest-neighbor interaction leads to vanishing Drude weights and
 diffusive energy transport. Moreover, we demonstrate that energy spreads
 ballistically in local quenches with initially inhomogeneous energy density
 profiles in the integrable case. We discuss the relevance of our results for
 thermalization in ultracold quantum-gas experiments and for transport
 measurements with quasi-one-dimensional materials.</t>
   </si>
@@ -155,51 +155,51 @@
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Thermal Conductivity of the One-Dimensional Fermi-Hubbard Model</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review Letters. - 117 (2016), 11, Artikel Nr. 116401</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.117.116401</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevLett.117.116401</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000007754</t>
   </si>
   <si>
     <t>FUDOCS_document_000000026420</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>