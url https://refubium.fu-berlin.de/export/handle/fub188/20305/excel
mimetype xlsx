--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>32e53dfc-88af-4116-ac4b-b7a1e74bc2e8</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>El-Sharkawy, Hanem||Tahoun, Amin||El-Gohary, Abd El-Galiel A.||El-Abasy, Moshira||El-Khayat, Fares||Gillespie, Trudi||Kitade, Yukio||Hafez, Hafez M.||Neubauer, Heinrich||El-Adawy, Hosny</t>
+    <t>El-Sharkawy, Hanem||Tahoun, Amin||El-Gohary, Abd El-Galiel A.||El-Abasy, Moshira||El-Khayat, Fares||Gillespie, Trudi||Kitade, Yukio||Hafez, Hafez Mohamed||Neubauer, Heinrich||El-Adawy, Hosny</t>
   </si>
   <si>
     <t>2018-06-08T10:22:16Z</t>
   </si>
   <si>
     <t>2017-04-21T10:32:41.170Z</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Background Salmonella is one of major causes of foodborne outbreaks globally.
 This study was conducted to estimate the prevalence, typing and antibiotic
 susceptibilities of Salmonella enterica serovars isolated from 41 broiler
 chicken farms located in Kafr El-Sheikh Province in Northern Egypt during
 2014–2015. The clinical signs and mortalities were observed. Results In total
 615 clinical samples were collected from broiler flocks from different organs
 (liver, intestinal content and gall bladder). Salmonella infection was
 identified in 17 (41%) broiler chicken flocks and 67 Salmonella isolates were
 collected. Recovered isolates were serotyped as 58 (86.6%) S. enterica serovar
 Typhimurium, 6 (9%) S. enterica serovar Enteritidis and 3 (4.5%) were non-
 typable. The significant high mortality rate was observed only in 1-week-old
 chicks. sopE gene was detected in 92.5% of the isolates which indicating their
 ability to infect humans. All S. enterica serovar Enteritidis isolates were
 susceptible to all tested antimicrobials. The phenotypically resistant S.