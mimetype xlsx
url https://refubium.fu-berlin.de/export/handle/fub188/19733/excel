--- v0 (2025-10-27)
+++ v1 (2026-01-02)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
+    <t>dc.contributor.institution</t>
+  </si>
+  <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[de]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.relation.ispartofseries</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
@@ -83,51 +86,54 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>refubium.series.reportNumber</t>
   </si>
   <si>
     <t>cc48dac9-ed25-4207-be5b-0d243deee104</t>
   </si>
   <si>
     <t>fub188/18766</t>
   </si>
   <si>
-    <t>Quitzow, Rainer||Bär, Holger||Jacob, Klaus||Forschungszentrum für Umweltpolitik, Freie Universität Berlin</t>
+    <t>Quitzow, Rainer||Bär, Holger||Jacob, Klaus</t>
+  </si>
+  <si>
+    <t>Forschungszentrum für Umweltpolitik, Freie Universität Berlin</t>
   </si>
   <si>
     <t>2018-06-08T08:16:47Z</t>
   </si>
   <si>
     <t>2013-02-11T20:33:33.511Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>After decades of economic expansion, largely at the expense of environmental
 quality, new trends in environmental governance are taking shape in Asia. This
 paper analyses these developments in China, India, Vietnam and Indonesia. It
 finds that environmental governance within a “traditional” agenda of
 environmental protection remains severely hampered by capacity constraints.
 Simultaneously, all four countries have embarked on ambitious policy
 initiatives to address climate change and promote clean technologies,
 signaling an important shift in national priorities. The paper discusses
 possible implications of these trends, sketching possible scenarios for the
 further development of environmental governance.</t>
   </si>
   <si>
     <t>32 S.</t>
   </si>
@@ -137,51 +143,51 @@
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000365-0||urn:nbn:de:kobv:188-fudocsseries000000000084-5</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::320 Politikwissenschaft::320 Politikwissenschaft||300 Sozialwissenschaften::360 Soziale Probleme, Sozialdienste</t>
   </si>
   <si>
     <t>Environmental Governance in India, China, Vietnam and Indonesia</t>
   </si>
   <si>
     <t>A Tale of Two Paces</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
-    <t>Otto-Suhr-Institut für Politikwissenschaft / Forschungszentrum für Umweltpolitik (FFU):::5e9c66fc-04c5-475c-8aa1-1ff26e84d936:::600</t>
+    <t>Otto-Suhr-Institut für Politikwissenschaft / Forschungszentrum für Umweltpolitik (FFU):::5e9c66fc-04c5-475c-8aa1-1ff26e84d936:::0</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000002313</t>
   </si>
   <si>
     <t>FUDOCS_document_000000016087</t>
   </si>
   <si>
     <t>FFU-report</t>
   </si>
   <si>
     <t>13-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -200,51 +206,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:X2"/>
+  <dimension ref="A1:Y2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -276,114 +282,120 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
+      <c r="X1" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="R2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="T2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="U2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W2" t="s">
-        <v>45</v>
+        <v>46</v>
+      </c>
+      <c r="X2" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>