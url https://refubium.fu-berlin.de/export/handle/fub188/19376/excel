--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -149,51 +149,51 @@
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/19376||http://dx.doi.org/10.17169/refubium-23032</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000111-2</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>Marx, Karl||subjective dialectic||theory building||method||fetishism of commodity||value form||exchange process||exchange structure||emphatic dialectic||logic</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::300 Sozialwissenschaften, Soziologie||100 Philosophie und Psychologie::160 Logik::160 Logik</t>
   </si>
   <si>
     <t>Dialectic as method</t>
   </si>
   <si>
     <t>the reduction of dialectic by Marx</t>
   </si>
   <si>
-    <t>Buch</t>
+    <t>Arbeitspapier</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Presented at PhD Workshop, School of Anthropology, Geography and Environmental
 Studies (SAGES) / University of Melbourne (2007)</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000001864</t>
   </si>
   <si>
     <t>FUDOCS_document_000000013034</t>
   </si>
   <si>
     <t>The paper bases to great extent on the work of Prof. Göhler's habilitation
 (1980). It is published after being critically reviewed by Prof. Göhler and
 with his acceptance. Here, I want to express my gratefulness for his help and
 contribution.</t>
   </si>
   <si>
     <t>1</t>