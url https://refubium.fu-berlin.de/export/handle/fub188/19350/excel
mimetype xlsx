--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -92,51 +92,51 @@
   <si>
     <t>dcterms.bibliographicCitation.volume</t>
   </si>
   <si>
     <t>dcterms.isPartOf.eissn</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>0b771076-116f-4ae9-a808-d0cf450f8bd7</t>
   </si>
   <si>
     <t>fub188/17678</t>
   </si>
   <si>
-    <t>Hoelzmann,Philipp||Rauchfuß, Björn||Ullrich, Burkart||Bebermeier, Wiebke||Kaufmann, Georg||Schütt, Brigitta||Meyer, Michael</t>
+    <t>Hoelzmann, Philipp||Rauchfuß, Björn||Ullrich, Burkart||Bebermeier, Wiebke||Kaufmann, Georg||Schütt, Brigitta||Meyer, Michael</t>
   </si>
   <si>
     <t>2018-06-08T08:05:44Z</t>
   </si>
   <si>
     <t>2013-07-18T14:38:52.424Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>7 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/19350||http://dx.doi.org/10.17169/refubium-23006</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000187-7</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by/3.0/</t>
   </si>