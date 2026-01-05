--- v0 (2025-10-24)
+++ v1 (2026-01-05)
@@ -86,51 +86,51 @@
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>15c84057-7595-4d3b-82a6-2762f7106241</t>
   </si>
   <si>
     <t>fub188/17640</t>
   </si>
   <si>
-    <t>Bernauer, Thomas||Kalbhenna, Anna||Koubi, Vally||Ruoffa, Gabriele</t>
+    <t>Bernauer, Thomas||Kalbhenn, Anna||Koubi, Vally||Ruoffa, Gabriele</t>
   </si>
   <si>
     <t>2018-06-08T08:04:51Z</t>
   </si>
   <si>
     <t>2010-11-11</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>This paper analyzes how key features of international institutions that
 reflect the depth of cooperation affect participation. We derive a set of
 arguments from the enforcement, managerial and rational design literatures and
 test these arguments on a new dataset that covers more than 200 global
 environmental treaties since 1950. We find very little support for the
 enforcement school’s claim of a depth versus participation dilemma: the 2
 specificity of obligations has only a minor and statistically insignificant
 negative effect on participation rates (measured by treaty ratifications). The
 existence of monitoring and enforcement mechanisms has no significant effect
 either, and results for variables capturing other forms of delegating
 authority (e.g. treaty-specific secretariat, decisionmaking rules) are mixed.
 In contrast, we find more support for the managerial and rational design
 schools’ arguments: assistance provisions in treaties have a significant and
 substantial positive effect on participation. Similarly, most dispute