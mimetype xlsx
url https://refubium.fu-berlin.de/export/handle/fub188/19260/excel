--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -157,51 +157,51 @@
   <si>
     <t>13 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/19260||http://dx.doi.org/10.17169/refubium-22922</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000111-2</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>Grounded Theory||International Relations||Political Science||applicability</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften||300 Sozialwissenschaften::320 Politikwissenschaft||300 Sozialwissenschaften::320 Politikwissenschaft::327 Internationale Beziehungen</t>
   </si>
   <si>
     <t>The grounded theory method and its uses for political science</t>
   </si>
   <si>
-    <t>Studienarbeit</t>
+    <t>Arbeitspapier</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Otto-Suhr-Institut für Politikwissenschaft:::ca19e79b-285b-4822-89a4-d0b77d55d851:::0</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000002093</t>
   </si>
   <si>
     <t>FUDOCS_document_000000014550</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Methods of field research</t>
   </si>