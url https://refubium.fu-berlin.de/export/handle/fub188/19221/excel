--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -89,51 +89,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.series.issueNumber</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>90c3802a-31fe-4bce-945c-ccf2874f4d9e</t>
   </si>
   <si>
     <t>fub188/17737</t>
   </si>
   <si>
-    <t>Gusy, B.||Drewes, J.||Gutsche, J.||Lohmann, K.||Reese, M.||Stösser, G. von</t>
+    <t>Gusy, Burkhard||Drewes, J.||Gutsche, J.||Lohmann, K.||Reese, M.||Stösser, G. von</t>
   </si>
   <si>
     <t>2018-06-08T08:01:59Z</t>
   </si>
   <si>
     <t>2014-11-18T11:05:53.647Z</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>15 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/19221||http://dx.doi.org/10.17169/refubium-22884</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-refubium-19221-0</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000254-6</t>
   </si>