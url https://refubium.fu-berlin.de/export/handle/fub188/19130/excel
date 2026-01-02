--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -145,51 +145,51 @@
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000111-2</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>qualitative||quantitative||methods||bias||evidence</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::300 Sozialwissenschaften, Soziologie</t>
   </si>
   <si>
     <t>Schools of methods</t>
   </si>
   <si>
     <t>the qualitative and quantitative approach</t>
   </si>
   <si>
     <t>Introduction into principle method differences</t>
   </si>
   <si>
-    <t>Buch</t>
+    <t>Arbeitspapier</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Introduction text of seminar “Methods of field research” (METH 15272) WS
 2011/12 at Otto-Suhr-Institute, FU Berlin</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000001948</t>
   </si>
   <si>
     <t>FUDOCS_document_000000013823</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Methods of field research</t>
   </si>
 </sst>
 </file>