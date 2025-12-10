--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -6,61 +6,64 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
     <t>dc.contributor.author</t>
   </si>
   <si>
+    <t>dc.contributor.institution</t>
+  </si>
+  <si>
     <t>dc.date.accessioned</t>
   </si>
   <si>
     <t>dc.date.available</t>
   </si>
   <si>
     <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[de]</t>
   </si>
   <si>
     <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
     <t>dc.language</t>
   </si>
   <si>
     <t>dc.relation.ispartofseries</t>
   </si>
   <si>
     <t>dc.rights.uri</t>
@@ -89,51 +92,54 @@
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.mycore.reportnumber</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>refubium.series.reportNumber</t>
   </si>
   <si>
     <t>f731eb4c-76bd-402d-a13f-f91eb01a1f92</t>
   </si>
   <si>
     <t>fub188/17746</t>
   </si>
   <si>
-    <t>Paschke, Adrian||Coskun, Gökhan||Harasic, Marko||Heese, Ralf||Oldakowski, Radoslaw||Schäfermeier, Ralph||Streibel, Olga||Teymourian, Kia||Todor, Alexandru||Freie Universität Berlin, Institut für Informatik</t>
+    <t>Paschke, Adrian||Coskun, Gökhan||Harasic, Marko||Heese, Ralf||Oldakowski, Radoslaw||Schäfermeier, Ralph||Streibel, Olga||Teymourian, Kia||Todor, Alexandru</t>
+  </si>
+  <si>
+    <t>Freie Universität Berlin, Institut für Informatik</t>
   </si>
   <si>
     <t>2018-06-08T07:53:49Z</t>
   </si>
   <si>
     <t>2013-07-18T07:05:07.125Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>In this technical report, we present prototypical implementations of
 innovative tools and methods for personalized and contextualized (multimedia)
 search, collaborative ontology evolution, ontology evaluation and cost models,
 and dynamic access and trends in distributed (semantic) knowledge, developed
 according to the working plan outlined in Technical Report TR-B-12-04. The
 prototypes complete the next milestone on the path to an integral Corporate
 Semantic Web architecture based on the three pillars Corporate Ontology
 Engineering, Corporate Semantic Collaboration, and Corporate Semantic Search,
 as envisioned in TR-B-08-09.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
@@ -145,51 +151,51 @@
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000021-2</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>Corporate Semantic Web||Corporate Ontology Engineering||Corporate Semantic Collaboration||Corporate Semantic Search</t>
   </si>
   <si>
     <t>000 Informatik, Informationswissenschaft, allgemeine Werke::000 Informatik, Wissen, Systeme::004 Datenverarbeitung; Informatik||000 Informatik, Informationswissenschaft, allgemeine Werke::000 Informatik, Wissen, Systeme</t>
   </si>
   <si>
     <t>Corporate Semantic Web Report VI</t>
   </si>
   <si>
     <t>Validation and Evaluation</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
-    <t>Institut für Informatik:::6dd1f8be-8a6d-4a4a-8f8d-572eb83788da:::600</t>
+    <t>Institut für Informatik:::6dd1f8be-8a6d-4a4a-8f8d-572eb83788da:::0</t>
   </si>
   <si>
     <t>Mathematik und Informatik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000002689</t>
   </si>
   <si>
     <t>FUDOCS_document_000000018374</t>
   </si>
   <si>
     <t>TR-B-13-01</t>
   </si>
   <si>
     <t>Freie Universität Berlin, Fachbereich Mathematik und Informatik</t>
   </si>
   <si>
     <t>13-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -211,51 +217,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -293,120 +299,126 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
+      <c r="Z1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="R2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="W2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="X2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Y2" t="s">
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>