--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -89,51 +89,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.series.issueNumber</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>830358c0-3c6c-4adc-94b0-2af693f003ea</t>
   </si>
   <si>
     <t>fub188/17737</t>
   </si>
   <si>
-    <t>Gusy, B.||Marcus, K.</t>
+    <t>Gusy, Burkhard||Marcus, K.</t>
   </si>
   <si>
     <t>2018-06-08T07:44:47Z</t>
   </si>
   <si>
     <t>2014-11-18T13:09:07.763Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>12 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/18616||http://dx.doi.org/10.17169/refubium-22309</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-refubium-18616-6</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000254-6</t>
   </si>