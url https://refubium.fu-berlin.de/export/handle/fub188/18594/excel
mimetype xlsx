--- v0 (2025-10-23)
+++ v1 (2025-12-30)
@@ -89,51 +89,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.series.issueNumber</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>8155a139-ba9c-41e8-b6c9-c09c65283621</t>
   </si>
   <si>
     <t>fub188/17737</t>
   </si>
   <si>
-    <t>Gusy, B.||Lohmann, K.||Wörfel, F.||Schagen, H.</t>
+    <t>Gusy, Burkhard||Lohmann, K.||Wörfel, F.||Schagen, H.</t>
   </si>
   <si>
     <t>2018-06-08T07:44:14Z</t>
   </si>
   <si>
     <t>2014-11-18T11:29:10.210Z</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>19 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/18594||http://dx.doi.org/10.17169/refubium-22287</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-refubium-18594-8</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000254-6</t>
   </si>