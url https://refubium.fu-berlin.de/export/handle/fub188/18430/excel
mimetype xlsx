--- v0 (2025-10-28)
+++ v1 (2026-01-09)
@@ -132,51 +132,51 @@
   <si>
     <t>29 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/18430||http://dx.doi.org/10.17169/refubium-22131</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000111-2</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::300 Sozialwissenschaften, Soziologie::301 Soziologie, Anthropologie||300 Sozialwissenschaften::310 Statistiken</t>
   </si>
   <si>
     <t>Methodological biases</t>
   </si>
   <si>
     <t>Inglehart's world value survey and Q methodology</t>
   </si>
   <si>
-    <t>Buch</t>
+    <t>Arbeitspapier</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Folha do NAEA (Brazil) (Review) ; Journal of Human Subjectivity. 9.2011,2</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000001827</t>
   </si>
   <si>
     <t>FUDOCS_document_000000012818</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Methods of field research</t>
   </si>
 </sst>
 </file>
 