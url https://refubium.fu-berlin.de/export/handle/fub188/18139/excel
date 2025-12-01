--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -89,51 +89,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.series.issueNumber</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>efc467ed-d881-40d7-9b6e-0033171ef939</t>
   </si>
   <si>
     <t>fub188/17737</t>
   </si>
   <si>
-    <t>Abt, H.||Gusy, B.||Lohmann, K.||Schenk, A.||Töpritz, K.||Weber, M.||Wörfel, F.</t>
+    <t>Abt, H.||Gusy, Burkhard||Lohmann, K.||Schenk, A.||Töpritz, K.||Weber, M.||Wörfel, F.</t>
   </si>
   <si>
     <t>2018-06-08T07:31:17Z</t>
   </si>
   <si>
     <t>2014-11-18T13:21:54.982Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>91 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/18139||http://dx.doi.org/10.17169/refubium-21849</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-refubium-18139-5</t>
   </si>
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000254-6</t>
   </si>