--- v0 (2025-10-29)
+++ v1 (2026-01-12)
@@ -155,51 +155,51 @@
   <si>
     <t>ger</t>
   </si>
   <si>
     <t>urn:nbn:de:kobv:188-fudocsseries000000000112-0</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>environmental justice||gender||environmental justice movement</t>
   </si>
   <si>
     <t>300 Sozialwissenschaften::300 Sozialwissenschaften, Soziologie::305 Soziale Gruppen||900 Geschichte und Geografie</t>
   </si>
   <si>
     <t>Environmental Justice und Gender</t>
   </si>
   <si>
     <t>Warum Frauen die EJ-Bewegung prägen und trotzdem nichts zu sagen haben</t>
   </si>
   <si>
     <t>Environmental Justice and Gender. Why women characterize the environmental justice movement, but have no say</t>
   </si>
   <si>
-    <t>Wissenschaftlicher Artikel</t>
+    <t>Arbeitspapier</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Otto-Suhr-Institut für Politikwissenschaft / Forschungszentrum für Umweltpolitik (FFU):::5e9c66fc-04c5-475c-8aa1-1ff26e84d936:::0||Environmental Justice Institute:::aa3ac293-40a6-419b-b81b-d91d794e7095:::0</t>
   </si>
   <si>
     <t>Politik- und Sozialwissenschaften</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005835</t>
   </si>
   <si>
     <t>FUDOCS_document_000000023704</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Environmental Justice and Sustainable Development</t>
   </si>