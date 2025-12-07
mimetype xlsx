--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -86,51 +86,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>refubium.series.name</t>
   </si>
   <si>
     <t>62c79691-7e52-4f92-98ca-2a6aba42c9e4</t>
   </si>
   <si>
     <t>fub188/17719</t>
   </si>
   <si>
-    <t>Gregorio, Monica Di||Nurrochmat, Dodik||Locatelli, Bruno||Fatorelli, Leandra||Pramova, Emilia||Sari, Intan||Kusumadewi, Sonya</t>
+    <t>Di Gregorio, Monica||Nurrochmat, Dodik||Locatelli, Bruno||Fatorelli, Leandra||Pramova, Emilia||Sari, Intan||Kusumadewi, Sonya</t>
   </si>
   <si>
     <t>2018-06-08T07:25:13Z</t>
   </si>
   <si>
     <t>2016-06-10T08:48:42.895Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>This paper explores the political opportunities and challenges associated with
 facilitating integration of climate change mitigation and adaptation in land
 use policy processes across levels of governance in Indonesia. Since the 2nd
 IPCC assessment report it has been recognized that mitigation and adaptation
 display important synergies in the land use sector (Klein et al. 2005, Nabuurs
 et al. 2007). While previous research has proposed various ways to integrate
 adaptation and mitigation activities (Murdiyarso et al. 2005), we know little
 about what is needed to effectively integrate policy decision-making processes
 and policy objectives across levels of governance (Locatelli et al. 2015,
 Doherty and Schroeder 2011, Ravikumar 2015). We understand multi-level
 governance as ‘the existence of overlapping competencies among multiple level
 of governments and the interaction of policy actors across those level’, which
 result in ‘multi-level policy networks’ (Marks et al. 1996: 41-2) and reflect
 a multi-actor polycentric polity structure (Mayntz 1994, Ostrom 2010).