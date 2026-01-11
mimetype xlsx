--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -77,51 +77,51 @@
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>bcb6baba-1df1-44ec-8bf8-ad499fb3e2ab</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Lips, Klaus||Starr, D.E.||Bär, M.||Schulze, T.F.||Fenske, F.||Christiansen, Silke H.||Krol, R. van de||Raoux, S.||Reichardt, G.||Schäfers, F.||Hendel, S.||Follath, R.||Bahrdt, Johannes||Scheer, M.||Wüstefeld, G.||Kuske, P.||Hävecker, M.||Knop-Gericke, A.||Schlögl, R.||Rech, B.</t>
+    <t>Lips, Klaus||Starr, D.E.||Bär, M.||Schulze, T.F.||Fenske, F.||Christiansen, Silke H.||Krol, Roel van de||Raoux, S.||Reichardt, G.||Schäfers, F.||Hendel, S.||Follath, R.||Bahrdt, Johannes||Scheer, M.||Wüstefeld, G.||Kuske, P.||Hävecker, M.||Knop-Gericke, A.||Schlögl, R.||Rech, B.</t>
   </si>
   <si>
     <t>2018-06-08T07:16:52Z</t>
   </si>
   <si>
     <t>2015-03-10T13:02:12.279Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>In a concerted effort, the Helmholtz-Zentrum Berlin für Materialien und
 Energie GmbH (HZB) and the Max Planck Society (MPG) will develop, install, and
 operate EMIL, the Energy Materials In situ Laboratory, which will be a unique
 facility at the BESSY II synchrotron light source in Berlin, Germany. EMIL
 will be dedicated to the in situ and in operando X-ray analysis of materials
 and devices for photovoltaic applications and of (photo)catalytic/photo-
 electrochemical processes. EMIL provides access to soft and hard X-rays in an
 energy range of 80 eV - 10 keV, and comprises all characterization and
 deposition facilities in one integrated ultra-high vacuum system. EMIL allows
 studying solar energy converting devices including photovoltaic (PV)
 structures based on silicon- and compound semiconductors, hybrid
 organic/inorganic heterojunctions, emerging organo-metal halide perovskites as
 well earth-abundant materials for solar fuel production (water splitting).</t>
   </si>