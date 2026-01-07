--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -6,140 +6,137 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...14 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
+  </si>
+  <si>
+    <t>dc.subject.ddc</t>
+  </si>
+  <si>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...5 lines deleted...]
-    <t>dcterms.bibliographicCitation[]</t>
+    <t>dcterms.bibliographicCitation</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
-    <t>refubium.affiliation.other[]</t>
+    <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
-    <t>refubium.funding[]</t>
-[...11 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.mycore.derivateId</t>
+  </si>
+  <si>
+    <t>refubium.mycore.fudocsId</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1db11dd6-d756-4be5-8a16-ff4c27ebf443</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Henken, C.K. Carbajal||Doppler, L.||Lindstrot, R.||Preusker, R.||Fischer, J.</t>
+    <t>Carbajal Henken, Cintia||Doppler, L.||Lindstrot, R.||Preusker, R.||Fischer, J.</t>
   </si>
   <si>
     <t>2018-06-08T07:16:42Z</t>
   </si>
   <si>
     <t>2015-05-21T20:14:13.363Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>This work presents a study on the sensitivity of two satellite cloud height
 retrievals to cloud vertical distribution. The difference in sensitivity is
 exploited by relating the difference in the retrieved cloud heights to cloud
 vertical extent. The two cloud height retrievals, performed within the Freie
 Universität Berlin AATSR MERIS Cloud (FAME-C) algorithm, are based on
 independent measurements and different retrieval techniques. First, cloud top
 temperature (CTT) is retrieved from Advanced Along Track Scanning Radiometer
 (AATSR) measurements in the thermal infrared. Second, cloud top pressure (CTP)
 is retrieved from Medium Resolution Imaging Spectrometer (MERIS) measurements
 in the oxygen-A absorption band. Both CTT and CTP are converted to cloud top
 height (CTH) using atmospheric profiles from a numerical weather prediction
 model. A sensitivity study using radiative transfer simulations in the near-
 infrared and thermal infrared were performed to demonstrate the larger impact
 of the assumed cloud vertical extinction profile on MERIS than on AATSR top-
@@ -147,88 +144,85 @@
 and MERIS are related to cloud vertical extent (CVE) as observed by ground-
 based lidar and radar at three ARM sites. To increase the impact of the cloud
 vertical extinction profile on the MERIS-CTP retrievals, single-layer and
 geometrically thin clouds are assumed in the forward model. The results of the
 comparison to the ground-based observations were separated into single-layer
 and multi-layer cloud cases. Analogous to previous findings, the MERIS-CTP
 retrievals appear to be close to pressure levels in the middle of the cloud.
 Assuming a linear relationship, the ΔCTH multiplied by 2.5 gives an estimate
 on the CVE for single-layer clouds. The relationship is weaker for multi-layer
 clouds. Due to large variations of cloud vertical extinction profiles
 occurring in nature, a quantitative estimate of the cloud vertical extent is
 accompanied with large uncertainties. Yet, estimates of the CVE can contribute
 to the characterization of a cloudy scene. To demonstrate the plausibility of
 the approach, an estimate of the CVE was applied to a case study. In light of
 the follow-up mission Sentinel-3 with AATSR and MERIS like instruments, Sea
 and Land Surface Temperature Radiometer (SLSTR) and (Ocean and Land Colour
 Instrument) OLCI, respectively, for which the FAME-C algorithm can be easily
 adapted, a more accurate estimate of the CVE can be expected. OLCI will have
 three channels in the oxygen-A absorption band, thus providing more pieces of
 information on the cloud vertical extinction profile.</t>
   </si>
   <si>
     <t>33 S.</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-21448</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/17564</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/17564||http://dx.doi.org/10.17169/refubium-21448</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by/3.0/</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::550 Geowissenschaften, Geologie::550 Geowissenschaften</t>
   </si>
   <si>
     <t>Exploiting the sensitivity of two satellite cloud height retrievals to cloud
 vertical distribution</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
+    <t>Atmos. Meas. Tech. Discuss., 8, 2623-2655, 2015</t>
+  </si>
+  <si>
     <t>10.5194/amtd-8-2623-2015</t>
   </si>
   <si>
     <t>http://www.atmos-meas-tech-discuss.net/8/2623/2015/amtd-8-2623-2015.pdf</t>
   </si>
   <si>
-    <t>Atmos. Meas. Tech. Discuss., 8, 2623-2655, 2015</t>
-[...1 lines deleted...]
-  <si>
     <t>1867-1381</t>
   </si>
   <si>
-    <t>Institut für Meteorologie / Institut für Weltraumwissenschaften:::5d8cedd4-f295-4376-90e3-0dad3eac978f:::600</t>
+    <t>Institut für Meteorologie / Institut für Weltraumwissenschaften:::5d8cedd4-f295-4376-90e3-0dad3eac978f:::0</t>
   </si>
   <si>
     <t>Geowissenschaften</t>
   </si>
   <si>
     <t>Deutsche Forschungsgemeinschaft (DFG)</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000004823</t>
   </si>
   <si>
     <t>FUDOCS_document_000000022294</t>
   </si>
   <si>
     <t>Gefördert durch die DFG und den Open Access Publikationsfonds der Freien
 Universität Berlin</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -251,51 +245,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -336,129 +330,123 @@
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
         <v>27</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>28</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>29</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>30</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>31</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>32</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>33</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>34</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>35</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>36</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>37</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>38</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>39</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>40</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>41</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>42</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>43</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>44</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>45</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>46</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>47</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>48</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>49</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>50</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="Z2" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>