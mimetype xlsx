--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>40b1a180-dc40-4a0d-9e4b-d2a3a27b2039</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Schwiete, G.||Finkelstein, A. M.</t>
+    <t>Schwiete, G.||Finkel'stein, A. M.</t>
   </si>
   <si>
     <t>2018-06-08T04:21:30Z</t>
   </si>
   <si>
     <t>2015-04-22T12:46:43.647Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>We present a Keldysh nonlinear sigma-model approach to the renormalization
 group analysis of the disordered electron liquid. We include both the Coulomb
 interaction and Fermi-liquid type interactions in the singlet and triplet
 channels into the formalism. Based on this model, we reproduce the coupled
 renormalization group equations for the diffusion coefficient, the frequency,
 and interaction constants previously derived with the replica model in the
 imaginary time technique. With the help of source fields coupling to the
 particle-number and spin densities, we study the density-density and spin
 density-spin density correlation functions in the diffusive regime. This
 allows us to obtain results for the electric conductivity and the spin
 susceptibility and thereby to rederive the main results of the one-loop
 renormalization group analysis of the disordered electron liquid in the
 Keldysh formalism.</t>
   </si>
@@ -156,51 +156,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Keldysh approach to the renormalization group analysis of the disordered
 electron liquid</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review B. - 89 (2014), 7, Artikel Nr. 075437</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.075437</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevB.89.075437</t>
   </si>
   <si>
     <t>1098-0121</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000004790</t>
   </si>
   <si>
     <t>FUDOCS_document_000000022238</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>