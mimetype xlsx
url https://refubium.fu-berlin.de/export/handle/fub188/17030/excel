--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>1146246a-11a4-4b50-a901-411140f12726</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Goold, J.||Gogolin, Christian||Clark, S. R.||Eisert, Jens||Scardicchio, A.||Silva, A.</t>
+    <t>Goold, John||Gogolin, Christian||Clark, S. R.||Eisert, Jens||Scardicchio, A.||Silva, A.</t>
   </si>
   <si>
     <t>2018-06-08T04:18:51Z</t>
   </si>
   <si>
     <t>2016-03-15T12:32:18.946Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>The intriguing phenomenon of many-body localization (MBL) has attracted
 significant interest recently, but a complete characterization is still
 lacking. In this work we introduce the total correlations, a concept from
 quantum information theory capturing multipartite correlations, to the study
 of this phenomenon. We demonstrate that the total correlations of the diagonal
 ensemble provides a meaningful diagnostic tool to pin-down, probe, and better
 understand the MBL transition and ergodicity breaking in quantum systems. In
 particular, we show that the total correlations has sublinear dependence on
 the system size in delocalized, ergodic phases, whereas we find that it scales
 extensively in the localized phase developing a pronounced peak at the
 transition. We exemplify the power of our approach by means of an exact
 diagonalization study of a Heisenberg spin chain in a disordered field. By a
 finite size scaling analysis of the peak position and crossover point from log
 to linear scaling we collect evidence that ergodicity is broken before the MBL
@@ -161,51 +161,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Total correlations of the diagonal ensemble herald the many-body localization
 transition</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review B. - 92 (2015), 18, Artikel Nr. 180202(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.180202</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevB.92.180202</t>
   </si>
   <si>
     <t>1098-0121</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000006111</t>
   </si>
   <si>
     <t>FUDOCS_document_000000024161</t>
   </si>
   <si>
     <t>Bei der pdf-Datei handelt es sich um eine Manuskriptversion des Artikels.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>