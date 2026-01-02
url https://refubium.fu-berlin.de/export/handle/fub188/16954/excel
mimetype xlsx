--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -6,211 +6,205 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...17 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
+  </si>
+  <si>
+    <t>dc.subject</t>
+  </si>
+  <si>
+    <t>dc.subject.ddc</t>
+  </si>
+  <si>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...5 lines deleted...]
-    <t>dcterms.bibliographicCitation[]</t>
+    <t>dcterms.bibliographicCitation</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation</t>
   </si>
   <si>
-    <t>refubium.funding[]</t>
-[...11 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.mycore.derivateId</t>
+  </si>
+  <si>
+    <t>refubium.mycore.fudocsId</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>6c523145-7e5e-4b4d-a572-71ab3f9b8d38</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Matejka, Moritz||Kazzer, Philipp||Seehausen, Maria||Bajbouj, Malek||Klann-Delius, Gisela||Menninghaus, Winfried||Jacobs, Arthur||Heekeren, Hauke||Prehn, Kristin</t>
+    <t>Matejka, Moritz||Kazzer, Philipp||Seehausen, Maria||Bajbouj, Malek||Klann-Delius, Gisela||Menninghaus, Winfried||Jacobs, Arthur M.||Heekeren, Hauke R.||Prehn, Kristin</t>
   </si>
   <si>
     <t>2018-06-08T04:16:33Z</t>
   </si>
   <si>
     <t>2014-01-08T08:44:21.857Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Talking about emotion and putting feelings into words has been hypothesized to
 regulate emotion in psychotherapy as well as in everyday conversation.
 However, the exact dynamics of how different strategies of verbalization
 regulate emotion and how these strategies are reflected in characteristics of
 the voice has received little scientific attention. In the present study, we
 showed emotional pictures to 30 participants and asked them to verbally admit
 or deny an emotional experience or a neutral fact concerning the picture in a
 simulated conversation. We used a 2 × 2 factorial design manipulating the
 focus (on emotion or facts) as well as the congruency (admitting or denying)
 of the verbal expression. Analyses of skin conductance response (SCR) and
 voice during the verbalization conditions revealed a main effect of the factor
 focus. SCR and pitch of the voice were lower during emotion compared to fact
 verbalization, indicating lower autonomic arousal. In contradiction to these
 physiological parameters, participants reported that fact verbalization was
 more effective in down-regulating their emotion than emotion verbalization.
 These subjective ratings, however, were in line with voice parameters
 associated with emotional valence. That is, voice intensity showed that fact
 verbalization reduced negative valence more than emotion verbalization. In
 sum, the results of our study provide evidence that emotion verbalization as
 compared to fact verbalization is an effective emotion regulation strategy.
 Moreover, based on the results of our study we propose that different
 verbalization strategies influence valence and arousal aspects of emotion
 selectively.</t>
   </si>
   <si>
     <t>11 S.</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-21135</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/16954</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/16954||http://dx.doi.org/10.17169/refubium-21135</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by/3.0/</t>
   </si>
   <si>
+    <t>emotion regulation||verbalization||IAPS||skin conductance||voice</t>
+  </si>
+  <si>
     <t>100 Philosophie und Psychologie</t>
-  </si>
-[...1 lines deleted...]
-    <t>emotion regulation||verbalization||IAPS||skin conductance||voice</t>
   </si>
   <si>
     <t>Talking about emotion: prosody and skin conductance indicate emotion
 regulation</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
+    <t>Frontiers in psychology. Vol. 4 - 2013, Article 260</t>
+  </si>
+  <si>
     <t>10.3389/fpsyg.2013.00260</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.3389/fpsyg.2013.00260</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frontiers in psychology. Vol. 4 - 2013, Article 260</t>
   </si>
   <si>
     <t>Philosophie und Geisteswissenschaften||Languages of Emotion</t>
   </si>
   <si>
     <t>Deutsche Forschungsgemeinschaft (DFG)</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000002523</t>
   </si>
   <si>
     <t>FUDOCS_document_000000017556</t>
   </si>
   <si>
     <t>Gefördert durch die DFG und den Open-Access-Publikationsfonds der Freien
 Universität Berlin</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -233,51 +227,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -315,126 +309,120 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>28</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>29</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>30</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>31</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>32</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>33</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>34</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>35</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>36</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>37</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>38</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>39</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>40</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>41</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>42</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>43</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>44</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>45</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>46</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>47</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>48</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>