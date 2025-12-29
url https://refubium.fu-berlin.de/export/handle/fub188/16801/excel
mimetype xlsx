--- v0 (2025-10-24)
+++ v1 (2025-12-29)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>b3938fc8-2523-42f3-b7fb-eb506102cffa</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Liebhaber, M.||Mews, M.||Schulze, T. F.||Korte, L.||Rech, B.||Lips, Klaus</t>
+    <t>Liebhaber, M.||Mews, M.||Schulze, T. F.||Korte, Lars||Rech, B.||Lips, Klaus</t>
   </si>
   <si>
     <t>2018-06-08T04:12:33Z</t>
   </si>
   <si>
     <t>2016-02-15T07:21:04.157Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>The heterojunction between amorphous silicon (sub)oxides (a-SiOx:H, 0 &lt; x &lt; 2)
 and crystalline silicon (c-Si) is investigated. We combine chemical vapor
 deposition with in-system photoelectron spectroscopy in order to determine the
 valence band offset ΔEV and the interface defect density, being
 technologically important junction parameters. ΔEV increases from ≈0.3 eV for
 the a-Si:H/c-Si interface to &gt;4 eV for the a-SiO2/c-Si interface, while the
 electronic quality of the heterointerface deteriorates. High-bandgap a-SiOx:H
 is therefore unsuitable for the hole contact in heterojunction solar cells,
 due to electronic transport hindrance resulting from the large ΔEV. Our method
 is readily applicable to other heterojunctions.</t>
   </si>
   <si>
     <t>5 S.</t>
   </si>
@@ -153,51 +153,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Valence band offset in heterojunctions between crystalline silicon and
 amorphous silicon (sub)oxides (a-SiOx:H, 0 &lt; x &lt; 2)</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Applied Physics Letters. - 106 (2015), 3, Artikel Nr. 031601</t>
   </si>
   <si>
     <t>10.1063/1.4906195</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1063/1.4906195</t>
   </si>
   <si>
     <t>0003-6951</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005984</t>
   </si>
   <si>
     <t>FUDOCS_document_000000023895</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>