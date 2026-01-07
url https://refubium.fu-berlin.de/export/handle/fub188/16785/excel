--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>f5c18bec-2a77-4e17-a3cb-b61673ed4432</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Koch, J.||Hellenbrand, W.||Schink, S.||Wichmann, O.||Carganico, A.||Drewes, J.||Kruspe, M.||Suckau, M.||Claus, H.||Marcus, U.</t>
+    <t>Koch, Judith||Hellenbrand, Wiebke||Schink, Susanne||Wichmann, Ole||Carganico, Andreas||Drewes, Jochen||Kruspe, Martin||Suckau, Marlen||Claus, Heike||Marcus, Ulrich</t>
   </si>
   <si>
     <t>2018-06-08T04:11:57Z</t>
   </si>
   <si>
     <t>2016-03-22T07:46:25.944Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Meningococcal serogroup C (MenC) vaccination of men who have sex with men
 (MSM) was temporarily recommended to control an outbreak of invasive MenC
 disease among MSM in Berlin in 2012–2013. Vaccination was offered to HIV-
 infected MSM free of charge; others had to request reimbursement or pay out of
 pocket. We aimed to assess (i) awareness and acceptance of this recommendation
 through an online survey of MSM, (ii) implementation through a survey of
 primary care physicians and analysis of vaccine prescriptions, and (iii)
 impact through analysis of notified cases. Among online survey respondents,
 60% were aware of the recommendation. Of these, 39% had obtained vaccination
 (70% of HIV-infected, 13% of HIV-negative/non-tested MSM). Awareness of
 recommendation and vaccination were positively associated with HIV infection,
 primary care physicians’ awareness of respondents’ sexual orientation, and
 exposure to multiple information sources. Most (26/30) physicians informed
 clients about the recommendation. Physicians considered concerns regarding