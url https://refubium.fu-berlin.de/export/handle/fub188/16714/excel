--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -95,51 +95,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>8ab92e48-a887-4605-9e6a-81dd44479107</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Frietsch, Björn||Bowlan, John||Carley, Robert Edward||Teichmann, Martin||Wienholdt, S.||Hinzke, D.||Nowak, U.||Carva, K.||Oppeneer, M. P.||Weinelt, Martin</t>
+    <t>Frietsch, Björn||Bowlan, John||Carley, Robert Edward||Teichmann, Martin||Wienholdt, S.||Hinzke, Denise||Nowak, U.||Carva, K.||Oppeneer, M. P.||Weinelt, Martin</t>
   </si>
   <si>
     <t>2018-06-08T04:10:16Z</t>
   </si>
   <si>
     <t>2016-02-11T11:27:48.320Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>The Heisenberg–Dirac intra-atomic exchange coupling is responsible for the
 formation of the atomic spin moment and thus the strongest interaction in
 magnetism. Therefore, it is generally assumed that intra-atomic exchange leads
 to a quasi-instantaneous aligning process in the magnetic moment dynamics of
 spins in separate, on-site atomic orbitals. Following ultrashort optical
 excitation of gadolinium metal, we concurrently record in photoemission the 4f
 magnetic linear dichroism and 5d exchange splitting. Their dynamics differ by
 one order of magnitude, with decay constants of 14 versus 0.8 ps,
 respectively. Spin dynamics simulations based on an orbital-resolved
 Heisenberg Hamiltonian combined with first-principles calculations explain the
 particular dynamics of 5d and 4f spin moments well, and corroborate that the
 5d exchange splitting traces closely the 5d spin-moment dynamics. Thus
 gadolinium shows disparate dynamics of the localized 4f and the itinerant 5d
 spin moments, demonstrating a breakdown of their intra-atomic exchange