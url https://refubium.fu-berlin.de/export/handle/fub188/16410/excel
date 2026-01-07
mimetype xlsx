--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -6,211 +6,205 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>collection</t>
   </si>
   <si>
-    <t>dc.contributor.author[]</t>
-[...8 lines deleted...]
-    <t>dc.date.issued[]</t>
+    <t>dc.contributor.author</t>
+  </si>
+  <si>
+    <t>dc.date.accessioned</t>
+  </si>
+  <si>
+    <t>dc.date.available</t>
+  </si>
+  <si>
+    <t>dc.date.issued</t>
   </si>
   <si>
     <t>dc.description.abstract[en]</t>
   </si>
   <si>
-    <t>dc.format.extent[]</t>
+    <t>dc.format.extent</t>
   </si>
   <si>
     <t>dc.identifier.uri</t>
   </si>
   <si>
-    <t>dc.identifier.uri[]</t>
-[...5 lines deleted...]
-    <t>dc.rights.uri[]</t>
+    <t>dc.language</t>
+  </si>
+  <si>
+    <t>dc.rights.uri</t>
   </si>
   <si>
     <t>dc.subject.ddc</t>
   </si>
   <si>
-    <t>dc.title[]</t>
-[...2 lines deleted...]
-    <t>dc.type[]</t>
+    <t>dc.title</t>
+  </si>
+  <si>
+    <t>dc.type</t>
   </si>
   <si>
     <t>dcterms.accessRights.openaire</t>
   </si>
   <si>
-    <t>dcterms.bibliographicCitation.doi[]</t>
-[...8 lines deleted...]
-    <t>refubium.affiliation.other[]</t>
+    <t>dcterms.bibliographicCitation</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.doi</t>
+  </si>
+  <si>
+    <t>dcterms.bibliographicCitation.url</t>
+  </si>
+  <si>
+    <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
-    <t>refubium.funding[]</t>
-[...11 lines deleted...]
-    <t>refubium.resourceType.isindependentpub[]</t>
+    <t>refubium.funding</t>
+  </si>
+  <si>
+    <t>refubium.mycore.derivateId</t>
+  </si>
+  <si>
+    <t>refubium.mycore.fudocsId</t>
+  </si>
+  <si>
+    <t>refubium.note.author</t>
+  </si>
+  <si>
+    <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>d6e9a587-7d05-4f7d-9ae2-89a9301555e3</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Thieme, Susann||Mühldorfer, Kristin||Lüschow, Dörte||Hafez, Hafez M.</t>
+    <t>Thieme, Susann||Mühldorfer, Kristin||Lüschow, Dörte||Hafez, Hafez Mohamed</t>
   </si>
   <si>
     <t>2018-06-08T04:01:10Z</t>
   </si>
   <si>
     <t>2016-05-04T13:27:29.721Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>Ornithobacterium rhinotracheale (ORT) is an economically important bacterial
 pathogen of turkeys and chickens worldwide. Since its first detection, a
 variety of typing methods have been used to gain basic knowledge about the
 bacterial population structure, an issue that still needs to be addressed.
 Serological characterization revealed at least 18 different serotypes (A-R)
 with ORT of serotype A to be predominate among poultry. This study aimed to
 establish a multilocus sequence typing (MLST) scheme for ORT that could easily
 be used by other laboratories and allows for worldwide comparison of sequence
 data. For this purpose, 87 ORT strains from different poultry hosts,
 geographical origins, years of isolation and serotypes were included in the
 analysis to identify correlations. Fourteen different sequence types (ST) were
 found. The most common ST1 was identified in 40 ORT strains from turkeys and
 chickens on 4 continents and in 3 different European countries. Together with
 ST9, both STs represented over three quarters (77%) of ORT strains used in the
 MLST analysis and included strains of frequently cross-reacting ORT serotypes
 A, E and I. Nine STs were only represented by one ORT strain and might
 indicate possible avian host, disease or serotype-specific relationships. In
 contrast, discrepancies between serotype and phylogenetic relatedness were
 clearly demonstrated by ORT strains that belonged to identical serotypes but
 differed in their ST. The overall identified low genetic diversity among
 strains isolated from turkeys and chickens independent of host and
 geographical origins suggests that ORT has only recently been introduced into
 domestic poultry and dispersed worldwide.</t>
   </si>
   <si>
     <t>12 S.</t>
   </si>
   <si>
-    <t>http://dx.doi.org/10.17169/refubium-20591</t>
-[...2 lines deleted...]
-    <t>https://refubium.fu-berlin.de/handle/fub188/16410</t>
+    <t>https://refubium.fu-berlin.de/handle/fub188/16410||http://dx.doi.org/10.17169/refubium-20591</t>
   </si>
   <si>
     <t>eng</t>
   </si>
   <si>
     <t>http://creativecommons.org/licenses/by/4.0/</t>
   </si>
   <si>
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft</t>
   </si>
   <si>
     <t>Molecular Characterization of the Recently Emerged Poultry Pathogen
 Ornithobacterium rhinotracheale by Multilocus Sequence Typing</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
+    <t>PLoS ONE. - 11 (2016), 2, Artikel Nr. e0148158</t>
+  </si>
+  <si>
     <t>10.1371/journal.pone.0148158</t>
   </si>
   <si>
     <t>http://journals.plos.org/plosone/article?id=10.1371/journal.pone.0148158</t>
   </si>
   <si>
-    <t>PLoS ONE. - 11 (2016), 2, Artikel Nr. e0148158</t>
-[...2 lines deleted...]
-    <t>Institut für Geflügelkrankheiten:::05cef32d-8dbc-4fdc-a48f-8f8c22ffe46f:::600</t>
+    <t>Institut für Geflügelkrankheiten:::05cef32d-8dbc-4fdc-a48f-8f8c22ffe46f:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>Deutsche Forschungsgemeinschaft (DFG)</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000006159</t>
   </si>
   <si>
     <t>FUDOCS_document_000000024203</t>
   </si>
   <si>
     <t>Gefördert durch die DFG und den Open-Access-Publikationsfonds der Freien
 Universität Berlin.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -233,51 +227,51 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA2"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -315,126 +309,120 @@
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
       <c r="V1" t="s">
         <v>21</v>
       </c>
       <c r="W1" t="s">
         <v>22</v>
       </c>
       <c r="X1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>28</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>29</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>30</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>31</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>32</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>33</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>34</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>35</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>36</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>37</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>38</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>39</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>40</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>41</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>42</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>43</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>44</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>45</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>46</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>47</v>
       </c>
-      <c r="W2" t="s">
+      <c r="X2" t="s">
         <v>48</v>
       </c>
-      <c r="X2" t="s">
+      <c r="Y2" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>