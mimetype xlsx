--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>cf0cfbbe-9b96-441d-aa1c-77a228f62e8b</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Zischka, Melanie||Künne, Carsten T.||Blom, Jochen||Wobser, Dominique||Sakιnç, Türkân||Schmidt-Hohagen, Kerstin||Dabrowski, Piotr Wojtek||Nitsche, Andreas||Hübner, Johannes||Hain, Torsten||Chakraborty, Trinad||Linke, Burkhard||Goesmann, Alexander||Voget, Sonja||Daniel, Rolf||Schomburg, Dietmar||Hauck, Rüdiger||Hafez, Hafez M.||Tielen, Petra||Jahn, Dieter||Solheim, Margrete||Sadowy, Rüdiger||Larsen, Jesper||Jensen, Lars B.||Ruiz-Garbajosa, Patricia||Pérez, Dianelys Quiñones||Mikalsen, Theresa||Bender, Jennifer||Steglich, Matthias||Nübel, Ulrich||Witte, Wolfgang||Werner, Guido</t>
+    <t>Zischka, Melanie||Künne, Carsten T.||Blom, Jochen||Wobser, Dominique||Sakιnç, Türkân||Schmidt-Hohagen, Kerstin||Dabrowski, Piotr Wojtek||Nitsche, Andreas||Hübner, Johannes||Hain, Torsten||Chakraborty, Trinad||Linke, Burkhard||Goesmann, Alexander||Voget, Sonja||Daniel, Rolf||Schomburg, Dietmar||Hauck, Rüdiger||Hafez, Hafez Mohamed||Tielen, Petra||Jahn, Dieter||Solheim, Margrete||Sadowy, Rüdiger||Larsen, Jesper||Jensen, Lars B.||Ruiz-Garbajosa, Patricia||Pérez, Dianelys Quiñones||Mikalsen, Theresa||Bender, Jennifer||Steglich, Matthias||Nübel, Ulrich||Witte, Wolfgang||Werner, Guido</t>
   </si>
   <si>
     <t>2018-06-08T04:00:32Z</t>
   </si>
   <si>
     <t>2015-04-22T12:08:26.560Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Background Enterococcus faecalis is a multifaceted microorganism known to act
 as a beneficial intestinal commensal bacterium. It is also a dreaded
 nosocomial pathogen causing life-threatening infections in hospitalised
 patients. Isolates of a distinct MLST type ST40 represent the most frequent
 strain type of this species, distributed worldwide and originating from
 various sources (animal, human, environmental) and different conditions
 (colonisation/infection). Since enterococci are known to be highly
 recombinogenic we determined to analyse the microevolution and niche
 adaptation of this highly distributed clonal type. Results We compared a set
 of 42 ST40 isolates by assessing key molecular determinants, performing whole
 genome sequencing (WGS) and a number of phenotypic assays including resistance
 profiling, formation of biofilm and utilisation of carbon sources. We
 generated the first circular closed reference genome of an E. faecalis isolate
 D32 of animal origin and compared it with the genomes of other reference