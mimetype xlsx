--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>e17cdc6e-e0ac-41e0-be58-31ae57269607</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Henken, C. K. Carbajal||Lindstrot, R.||Preusker, R.||Fischer, J.</t>
+    <t>Carbajal Henken, Cintia||Lindstrot, R.||Preusker, R.||Fischer, J.</t>
   </si>
   <si>
     <t>2018-06-08T03:58:27Z</t>
   </si>
   <si>
     <t>2015-01-08T13:26:28.866Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>A newly developed daytime cloud property retrieval algorithm FAME-C (Freie
 Universität Berlin AATSR MERIS Cloud) is presented. Synergistic observations
 from AATSR and MERIS, both mounted on the polar orbiting satellite ENVISAT,
 are used for cloud screening. For cloudy pixels two main steps are carried out
 in a sequential form. First, a micro-physical cloud property retrieval is
 performed using an AATSR near-infrared and visible channel. Cloud phase, cloud
 optical thickness, and effective radius are retrieved, and subsequently cloud
 water path is computed. Second, two independent cloud top height products are
 retrieved. For cloud top temperature AATSR brightness temperatures are used,
 while for cloud top pressure the MERIS oxygen-A absorption channel is used.
 Results from the micro-physical retrieval serve as input for the two cloud top
 height retrievals. Introduced are the AATSR and MERIS forward models and
 auxiliary data needed in FAME-C. Also, the optimal estimation method with
 uncertainty estimates, which also provides for uncertainty estimated of the