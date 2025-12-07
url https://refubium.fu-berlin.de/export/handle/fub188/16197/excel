--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -92,51 +92,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>951bca99-9670-4572-bdea-53399d2e089b</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Leutert, C.||Krueger, Xenia||Plöntzke, J.||Heuwieser, Wolfgang</t>
+    <t>Leutert, C.||Krueger, Xenia von||Plöntzke, J.||Heuwieser, Wolfgang</t>
   </si>
   <si>
     <t>2018-06-08T03:54:51Z</t>
   </si>
   <si>
     <t>2014-04-28T12:28:38.782Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>The objective of the study was to evaluate the visual assessment of vaginal
 discharge by vaginoscopy for the diagnosis of clinical endometritis (CE) in
 dairy cows. In an in vivo trial, inter- and intraobserver repeatability of
 vaginoscopic examination (VE) was determined and the effect of transrectal
 palpation and experience of the investigator evaluated. Holstein-Friesian cows
 (n=380) were examined by vaginoscopy between 21 and 27 d in milk by 3
 investigators twice. Vaginal discharge was categorized on a 4-point
 classification system (0=clear mucus, 1=mucus containing flecks of pus,
 2=discharge containing less than 50% pus, 3=discharge containing more than 50%
 pus). Cows with a vaginal discharge score (VDS) of 0 were classified as
 healthy, whereas cows with a VDS of 1 to 3 were classified as having CE.
 Vaginal discharge score on a scale from 0 to 3 has moderate intra- (Cohen's
 kappa coefficient, κ=0.55-0.60) and interobserver (κ=0.44) repeatability. The
 prevalence of CE was comparable between the 3 investigators (first VE: 42.6,
@@ -174,51 +174,51 @@
     <t>600 Technik, Medizin, angewandte Wissenschaften::630 Landwirtschaft</t>
   </si>
   <si>
     <t>Evaluation of vaginoscopy for the diagnosis of clinical endometritis in dairy
 cows</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Journal of Dairy Science. - 95 (2012), 1, S. 206-212</t>
   </si>
   <si>
     <t>10.3168/jds.2011-4603</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.3168/jds.2011-4603</t>
   </si>
   <si>
     <t>00220302</t>
   </si>
   <si>
-    <t>Tierklinik für Fortpflanzung:::ada5e16f-9f1e-4f3b-9bf6-01a242c43dd3:::600</t>
+    <t>Tierklinik für Fortpflanzung:::ada5e16f-9f1e-4f3b-9bf6-01a242c43dd3:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000003499</t>
   </si>
   <si>
     <t>FUDOCS_document_000000020237</t>
   </si>
   <si>
     <t>Verlags-PDF muss verwendet werden:
 http://www.sherpa.ac.uk/romeo/issn/0022-0302/</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>