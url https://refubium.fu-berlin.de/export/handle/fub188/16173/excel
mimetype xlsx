--- v0 (2025-10-18)
+++ v1 (2026-01-07)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>074a1fa5-3266-4a7c-acbe-60460d0bc022</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Alt, Kurt W.||Benz, Marion||Müller, Wolfgang||Berner, Margit E.||Schultz, Michael||Schmidt-Schultz, Tyede H.||Knipper, Corina||Gebel, Hans-Georg K.||Nissen, Hans J.||Vach, Werner</t>
+    <t>Alt, Kurt W.||Benz, Marion||Müller, Wolfgang||Berner, Margit E.||Schultz, Michael||Schmidt-Schultz, Tyede H.||Knipper, Corina||Gebel, Hans Georg K.||Nissen, Hans J.||Vach, Werner</t>
   </si>
   <si>
     <t>2018-06-08T03:54:00Z</t>
   </si>
   <si>
     <t>2015-11-23T12:31:22.901Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>The transition from mobile to sedentary life was one of the greatest social
 challenges of the human past. Yet little is known about the impact of this
 fundamental change on social interactions amongst early Neolithic communities,
 which are best recorded in the Near East. The importance of social processes
 associated with these economic and ecological changes has long been
 underestimated. However, ethnographic observations demonstrate that
 generalized reciprocity – such as open access to resources and land – had to
 be reduced to a circumscribed group before regular farming and herding could
 be successfully established. Our aim was thus to investigate the role of
 familial relationships as one possible factor within this process of
 segregation as recorded directly in the skeletal remains, rather than based on
 hypothetical correlations such as house types and social units. Here we
 present the revealing results of the systematically recorded epigenetic
 characteristics of teeth and skulls of the late Pre-Pottery Neolithic