--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -131,51 +131,51 @@
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>900 Geschichte und Geografie::940 Geschichte Europas::943 Geschichte Mitteleuropas; Deutschlands</t>
   </si>
   <si>
     <t>Vier Prinzen zu Schaumburg-Lippe und das parallele Unrechtssystem</t>
   </si>
   <si>
     <t>Buch</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Externe Anbieter</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000000030</t>
   </si>
   <si>
     <t>FUDOCS_document_000000000100</t>
   </si>
   <si>
-    <t>Illustrationen zum Buch siehe https://www.vierprinzen.com/</t>
+    <t>Illustrationen zum Buch siehe https://vierprinzen.blogspot.com/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">