--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -95,51 +95,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>5d8e7096-9917-4c4a-9ff2-696e580cd0c4</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Yang, Yang||Linke, Martin||Haimberger, Theodore||Matute, Ricardo||González, Leticia||Schmieder, Peter||Heyne, Karsten</t>
+    <t>Yang, Yang||Linke, Martin||Haimberger, Theodore von||Matute, Ricardo||González, Leticia||Schmieder, Peter||Heyne, Karsten</t>
   </si>
   <si>
     <t>2018-06-08T03:50:12Z</t>
   </si>
   <si>
     <t>2015-03-02T10:21:34.535Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Photoisomerization of a protein bound chromophore is the basis of light
 sensing of many photoreceptors. We tracked Z-to-E photoisomerization of Cph1
 phytochrome chromophore PCB in the Pr form in real-time. Two different
 phycocyanobilin (PCB) ground state geometries with different ring D
 orientations have been identified. The pre-twisted and hydrogen bonded PCBa
 geometry exhibits a time constant of 30 ps and a quantum yield of photoproduct
 formation of 29%, about six times slower and ten times higher than that for
 the non-hydrogen bonded PCBb geometry. This new mechanism of pre-twisting the
 chromophore by protein-cofactor interaction optimizes yields of slow
 photoreactions and provides a scaffold for photoreceptor engineering.</t>
   </si>
   <si>
     <t>12 S.</t>
   </si>
@@ -161,51 +161,51 @@
   <si>
     <t>Active and silent chromophore isoforms for phytochrome Pr photoisomerization</t>
   </si>
   <si>
     <t>An alternative evolutionary strategy to optimize photoreaction quantum yields</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Structural Dynamics. - 1 (2014), 1, S.014701</t>
   </si>
   <si>
     <t>10.1063/1.4865233</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1063/1.4865233</t>
   </si>
   <si>
     <t>2329-7778</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000004596</t>
   </si>
   <si>
     <t>FUDOCS_document_000000021939</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>