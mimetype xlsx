--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>bd7c197e-c5ac-4ad8-8c69-3f2fd85d1662</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Mönig, H.||Kaufmann, C. A.||Fischer, Ch.-H.||Grimm, A.||Caballero, R.||Johnson, B.||Eicke, A.||Lux-Steiner, M. Ch.||Lauermann, I.</t>
+    <t>Mönig, H.||Kaufmann, Christian A.||Fischer, Ch.-H.||Grimm, A.||Caballero, R.||Johnson, B.||Eicke, A.||Lux-Steiner, M. Ch.||Lauermann, I.</t>
   </si>
   <si>
     <t>2018-06-08T03:49:53Z</t>
   </si>
   <si>
     <t>2014-09-15T12:15:03.400Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Cu(In,Ga)Se2films are used as absorber layers in chalcopyrite thin filmsolar
 cells. As the gallium concentration in the absorber can be used to control the
 band gap, there have been many efforts to vary the gallium concentration in
 depth to gain an optimum balance of light absorption, carrier collection, and
 recombination at different depths of the absorber film, leading to improved
 quantum efficiency. In this study, we investigate the effect of the maximum
 substrate temperature during film growth on the depth dependent gallium
 concentration. For the in-depth gallium concentration analyses, we use two
 techniques, covering complementary depth ranges. Angle dependent soft x-ray
 emission spectroscopy provides access to information depths between 20 and 470
 nm, which covers the depth range of the space charge region, where most of the
 photoexcited carriers are generated. Therefore, this depth range is of
 particular interest. To complement this investigation we use secondary neutral
 mass spectrometry, which destructively probes the whole thickness of the