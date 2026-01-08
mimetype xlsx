--- v0 (2025-10-02)
+++ v1 (2026-01-08)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>5bc07122-051b-492b-8286-6f44bdb85e3c</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Hollstein, A.||Fischer, J.||Henken, C. Carbajal||Preusker, R.</t>
+    <t>Hollstein, A.||Fischer, J.||Carbajal Henken, Cintia||Preusker, R.</t>
   </si>
   <si>
     <t>2018-06-08T03:48:03Z</t>
   </si>
   <si>
     <t>2015-05-27T13:03:18.970Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>A broad range of different of Bayesian cloud detection schemes is applied to
 measurements from the Medium Resolution Imaging Spectrometer (MERIS), the
 Advanced Along-Track Scanning Radiometer (AATSR), and their combination. The
 cloud detection schemes were designed to be numerically efficient and suited
 for the processing of large numbers of data. Results from the classical and
 naive approach to Bayesian cloud masking are discussed for MERIS and AATSR as
 well as for their combination. A sensitivity study on the resolution of
 multidimensional histograms, which were post-processed by Gaussian smoothing,
 shows how theoretically insufficient numbers of truth data can be used to set
 up accurate classical Bayesian cloud masks. Sets of exploited features from
 single and derived channels are numerically optimized and results for naive
 and classical Bayesian cloud masks are presented. The application of the
 Bayesian approach is discussed in terms of reproducing existing algorithms,
 enhancing existing algorithms, increasing the robustness of existing