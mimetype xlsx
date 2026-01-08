--- v0 (2025-10-03)
+++ v1 (2026-01-08)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>267e58ce-6fc5-445d-bcda-dd0c3c5169cc</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Gamper, A.||Struck, U.||Ohnemueller, F.||Heubeck, C.||Hohl, S.</t>
+    <t>Gamper, A.||Struck, U.||Ohnemueller, F.||Heubeck, C.||Hohl, Simon</t>
   </si>
   <si>
     <t>2018-06-08T03:44:04Z</t>
   </si>
   <si>
     <t>2016-04-05T11:21:45.543Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>The widespread, terminal Ediacaran Dengying Formation (~ 551–~ 542 Ma) of
 South China hosts one of the most prominent negative carbonate carbon isotope
 excursions in Earth's history and thus bears on the correlation of the
 Precambrian–Cambrian boundary worldwide. The dominantly carbonate strata of
 the Dengying Formation are largely studied for their unique preservation of
 its terminal Ediacaran fauna but their geochemical context is poorly known.
 This study presents the first high-resolution stable isotope record (δ13C,
 δ18O) of calcareous siliciclastic shallow-water deposits of the Gaojiashan
 section (Shaanxi Province). The section includes (in ascending order) the
 Algal Dolomite Member, the Gaojiashan Member and the Beiwan Member of the
 Dengying Formation. Our data record a major δ13Ccarb negative excursion to −6
 ‰ in the uppermost Gaojiashan Member which is comparable in shape and
 magnitude to the global Precambrian–Cambrian boundary negative δ13C excursion.
 Our data set is consistent with a "shallow-water anoxia" scenario which is