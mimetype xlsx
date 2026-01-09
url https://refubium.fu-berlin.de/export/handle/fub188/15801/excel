--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>de1ff8e8-c086-4f85-a05d-2a61dc92d583</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Pistor, P.||Greiner, D.||Kaufmann, C. A.||Brunken, S.||Gorgoi, M.||Steigert, A.||Calvet, Wolfram||Lauermann, I.||Klenk, R.||Unold, T.||Lux-Steiner, Martha</t>
+    <t>Pistor, P.||Greiner, D.||Kaufmann, Christian A.||Brunken, S.||Gorgoi, M.||Steigert, A.||Calvet, Wolfram||Lauermann, I.||Klenk, Reiner||Unold, T.||Lux-Steiner, Martha</t>
   </si>
   <si>
     <t>2018-06-08T03:43:41Z</t>
   </si>
   <si>
     <t>2014-08-26T12:00:49.028Z</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>The implementation of potassium fluoride treatments as a doping and surface
 modification procedure in chalcopyrite absorber preparation has recently
 gained much interest since it led to new record efficiencies for this kind of
 solar cells. In the present work, Cu(In,Ga)Se2 absorbers have been evaporated
 on alkali containing Mo/soda-lime glass substrates. We report on compositional
 and electronic changes of the Cu(In,Ga)Se2 absorber surface as a result of a
 post deposition treatment with KF (KF PDT). In particular, by comparing
 standard X-ray photoelectron spectroscopy and synchrotron-based hard X-ray
 photoelectron spectroscopy (HAXPES), we are able to confirm a strong Cu
 depletion in the absorbers after the KF PDT which is limited to the very near
 surface region. As a result of the Cu depletion, we find a change of the
 valence band structure and a shift of the valence band onset by approximately
 0.4 eV to lower binding energies which is tentatively explained by a band gap
 widening as expected for Cu deficient compounds. The KF PDT increased the open