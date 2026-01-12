--- v0 (2025-10-03)
+++ v1 (2026-01-12)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>4aef6512-589d-4927-b057-98022d22545b</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Marcus, U.||Heiden, M. an der||Gassowski, M.||Kruspe, M.||Drewes, J.</t>
+    <t>Marcus, U.||Heiden, Matthias an der||Gassowski, M.||Kruspe, Martin||Drewes, J.</t>
   </si>
   <si>
     <t>2018-06-08T03:42:50Z</t>
   </si>
   <si>
     <t>2016-03-07T12:37:45.499Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Objectives Opportunities for men having sex with men (MSM) to meet each other
 have very much improved by new communication technologies. Meeting venue-based
 characteristics can impact how many partners are met and how much sexual risk
 is taken. We analysed the association between physical and virtual venues and
 the risk for bacterial sexually transmitted infections (bSTIs) among
 participants in an MSM online survey. Methods Data were collected during
 2013/2014 with a survey targeting MSM living in Germany. The impact of the
 meeting place with the last non-steady anal sex partner on diagnosis with a
 bSTI in the previous year was analysed using bivariate and multivariate
 regression analysis, taking into account self-reported HIV status, serostatus
 communication, condom use, partner number, age and city size. Results The
 study sample consisted of 8878 respondents (7799 not diagnosed with HIV; 1079
 diagnosed with HIV). Meeting partners online was most common (62% HIV−/51%
 HIV+), followed by sex venues (11% HIV−/25% HIV+); other venues were each