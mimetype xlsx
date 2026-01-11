--- v0 (2025-11-08)
+++ v1 (2026-01-11)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>ecb5454a-2731-4ebc-8a2e-46b64893b8a4</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Shokr, Y. A.||Erkovan, M.||Wu, C.-B.||Zhang, B.||Sandig, O.||Kuch, W.</t>
+    <t>Shokr, Y. A.||Erkovan, M.||Wu, C.-B.||Zhang, B.||Sandig, O.||Kuch, Wolfgang</t>
   </si>
   <si>
     <t>2018-06-08T03:42:17Z</t>
   </si>
   <si>
     <t>2015-06-29T08:25:10.806Z</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>We investigated the magnetic interlayer coupling between two ferromagnetic
 (FM) Ni layers through an antiferromagnetic (AFM) Ni 25Mn75 layer and the
 influence of this coupling on the exchange bias phenomenon. The interlayer
 coupling energy of an epitaxial trilayer of 14 atomic monolayers (ML) Ni/45 ML
 Ni 25Mn75/16 ML Ni on Cu3Au(001) was extracted from minor-loop magnetization
 measurements using in-situ magneto-optical Kerr effect. The interlayer
 coupling changes from ferromagnetic to antiferromagnetic when the temperature
 is increased above 300 K. This sign change is interpreted as the result of the
 competition between an antiparallel Ruderman-Kittel-Kasuya-Yosida (RKKY)-type
 interlayer coupling, which dominates at high temperature, and a stronger
 direct exchange coupling across the AFM layer, which is present only below the
 Néel temperature of the AFM layer.</t>
   </si>
   <si>
@@ -143,51 +143,51 @@
     <t>http://publishing.aip.org/authors/web-posting-guidelines</t>
   </si>
   <si>
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Temperature-induced sign change of the magnetic interlayer coupling in
 Ni/Ni25Mn75/Ni trilayers on Cu3Au(001)</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Journal of Applied Physics. - 117 (2015), 17, Artikel Nr. 175302</t>
   </si>
   <si>
     <t>10.1063/1.4919597</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1063/1.4919597</t>
   </si>
   <si>
-    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::600</t>
+    <t>Institut für Experimentalphysik:::0e15dd66-95f1-40d5-8307-e68203f86a76:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005117</t>
   </si>
   <si>
     <t>FUDOCS_document_000000022717</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>