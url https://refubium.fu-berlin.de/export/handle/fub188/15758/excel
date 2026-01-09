--- v0 (2025-10-18)
+++ v1 (2026-01-09)
@@ -83,51 +83,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>6c6fd266-61ba-4b74-92de-15e9e30be244</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Petrarca, M.||Henin, S.||Stelmaszczyk, K.||Bock, S.||Kraft, S.||Schramm, U.||Vaneph, C.||Vogel, A.||Kasparian, J.||Sauerbrey, R.||Weber, K.||Wöste, L.||Wolf, J.-P.</t>
+    <t>Petrarca, M.||Henin, S.||Stelmaszczyk, K.||Bock, S.||Kraft, S.||Schramm, U.||Vaneph, C.||Vogel, A.||Kasparian, Jérôme||Sauerbrey, R.||Weber, K.||Wöste, L.||Wolf, J.-P.</t>
   </si>
   <si>
     <t>2018-06-08T03:42:11Z</t>
   </si>
   <si>
     <t>2015-10-14T10:26:47.281Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Using 100 TW laser pulses, we demonstrate that laser-induced nanometric
 particle generation in air increases much faster than the beam-averaged
 incident intensity. This increase is due to a contribution from the photon
 bath, which adds up with the previously identified one from the filaments and
 becomes dominant above 550 GW/cm2. It appears related to ozone formation via
 multiphotondissociation of the oxygen molecules and demonstrates the critical
 need for further increasing the laser energy in view of macroscopic effects in
 laser-induced condensation.</t>
   </si>
   <si>
     <t>3 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/15758||http://dx.doi.org/10.17169/refubium-19945</t>