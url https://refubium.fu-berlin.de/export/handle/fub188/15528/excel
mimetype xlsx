--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -86,51 +86,51 @@
   <si>
     <t>dcterms.bibliographicCitation.url</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.funding</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>496deace-1543-47ec-8046-1aceb0b83db4</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Rohwetter, P.||Kasparian, J.||Wöste, L.||Wolf, J.-P.</t>
+    <t>Rohwetter, P.||Kasparian, Jérôme||Wöste, L.||Wolf, J.-P.</t>
   </si>
   <si>
     <t>2018-06-08T03:35:58Z</t>
   </si>
   <si>
     <t>2015-11-03T08:27:50.882Z</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>Based on both static (extended Köhler) and dynamic modelling, we investigate
 the influence of temperature,humidity, HNO3 initial concentration, as well as
 of the particle concentration, on the efficiency of HNO3-mediated laser-
 induced condensation. This mechanism is most efficient for low temperatures,
 high HNO3 concentration, and relative humidities. It is, however, still active
 up to 30 °C, down to 70% relative humidity, and below the ppm level of HNO3.
 Furthermore, lower particle concentration minimizing the depletion of both
 HNO3 and water vapor is more favourable to particle growth.</t>
   </si>
   <si>
     <t>6 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/15528||http://dx.doi.org/10.17169/refubium-19716</t>