--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -89,51 +89,51 @@
   <si>
     <t>dcterms.isPartOf.issn</t>
   </si>
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>9b900ef1-e1b4-49fe-840c-e1f2eae2e10f</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Schild, Nikola||Heindel (geb. Krüger), Luzy||Straube, Phillipp||Rehfeldt, Daniel||Nordmeier, Volkhard</t>
+    <t>Schild, Nikola||Heindel, Luzy (geb. Krüger)||Straube, Phillipp||Rehfeldt, Daniel||Nordmeier, Volkhard</t>
   </si>
   <si>
     <t>2018-06-08T03:35:57Z</t>
   </si>
   <si>
     <t>2016-05-12</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Im Rahmen der Projekte HeLP (Hochschulerfolg im Lehramt Physik) und HelP
 (Hochschulerfolg in Physik) soll ein bestehendes Vorhersagemodell zum
 Studienerfolg erweitert, geprüft und in einem Online-Self-Assessment (OSA)
 umgesetzt werden. Dieses OSA soll schließlich dazu dienen, Stu-
 dieninteressierte bei der Entscheidung für ein Physik- (Lehramts-)Studium
 fundiert und evidenzba-siert zu beraten, um langfristig den hohen
 Abbruchquoten entgegenzuwirken. Um dies zu ermögli-chen, wurden ein kognitiver
 Kompetenzstest in Mathematik und Physik und ein nicht kognitiver Fragebogen
 mit Selbsteinschätzungen zu Verhaltensweisen im Studium entwickelt. Beide
 Testteile sollen in einem Längsschnitt mit StudienanfängerInnen angewendet
 werden. Hierbei wird Studien-erfolg hauptsächlich über Studienzufriedenheit
 und den Verbleib im Studium operationalisiert. Um die Testergebnisse sinnvoll
 interpretieren zu können, wurde der kognitive Testteil theoriebasiert in
 mehrschrittigen Verfahren entwickelt und daraufhin überprüft, inwiefern die
@@ -171,51 +171,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Vorhersagemodell zum Studienerfolg im Fach und im Lehramt Physik</t>
   </si>
   <si>
     <t>Erste Schritte zur Entwicklung eines Online-Self-Assessment</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>PhyDid B, Didaktik der Physik, Beiträge zur DPG-Frühjahrstagung. - 2015
 (2015), S.9</t>
   </si>
   <si>
     <t>http://phydid.physik.fu-berlin.de/index.php/phydid-b/article/view/656</t>
   </si>
   <si>
     <t>2191-379X</t>
   </si>
   <si>
-    <t>Didaktik der Physik:::61d318ce-2446-4619-92aa-69a75d9a4040:::600</t>
+    <t>Didaktik der Physik:::61d318ce-2446-4619-92aa-69a75d9a4040:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000006409</t>
   </si>
   <si>
     <t>FUDOCS_document_000000024536</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>