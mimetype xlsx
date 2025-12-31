--- v0 (2025-10-19)
+++ v1 (2025-12-31)
@@ -101,51 +101,51 @@
   <si>
     <t>7cfae2bd-a1da-4372-b188-c7ee019bfdc8</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
     <t>Ulbricht, Manolis</t>
   </si>
   <si>
     <t>2018-06-08T03:35:39Z</t>
   </si>
   <si>
     <t>2015-10-08T08:21:50.799Z</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>27 S.</t>
   </si>
   <si>
     <t>https://refubium.fu-berlin.de/handle/fub188/15504||http://dx.doi.org/10.17169/refubium-19692</t>
   </si>
   <si>
-    <t>ger||fre||</t>
+    <t>ger||fre</t>
   </si>
   <si>
     <t>http://www.fu-berlin.de/sites/refubium/rechtliches/Nutzungsbedingungen</t>
   </si>
   <si>
     <t>200 Religion</t>
   </si>
   <si>
     <t>At-Tarǧamah al-ʾūlā li-l-Qurʾān al-karīm min al-qarn 8/9 al-mīlādī fī siǧāl
 Nīkītās al-Bīzanṭī (al-qarn 9 al-mīlādī) maʿa l-ʾIslām bi-smi "Tafnīd al-
 Qurʾān"</t>
   </si>
   <si>
     <t>La premiére traduction du Coran du 8ème/ 9ème siècle dans la polémique de
 nicétas de Byzance avec le titre "Réfutation du Coran"</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>CHRONOS: Revue d’Histoire de l’Université de Balamand. - (2012), 25, S. 33-58</t>
   </si>