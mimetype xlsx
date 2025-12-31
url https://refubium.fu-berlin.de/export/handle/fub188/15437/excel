--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -95,51 +95,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>7e6ee495-18e4-464c-9d76-e6c8bd2228a2</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Eriksson, Magdalena||Johannssen, Timo||Smolinski, Dorthe von||Gruber, Achim Dieter||Seeberger, Peter H.||Lepenies, Bernd</t>
+    <t>Eriksson, Magdalena||Johannssen, Timo||Smolinski, Dorthe von||Gruber, Achim D.||Seeberger, Peter H.||Lepenies, Bernd</t>
   </si>
   <si>
     <t>2018-06-08T03:33:23Z</t>
   </si>
   <si>
     <t>2015-06-08T07:31:07.118Z</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>Inflammatory bowel disease is a condition of acute and chronic inflammation of
 the gut. An important factor contributing to pathogenesis is a dysregulated
 mucosal immunity against commensal bacteria and fungi. Host pattern-
 recognition receptors (PRRs) sense commensals in the gut and are involved in
 maintaining the balance between controlled responses to pathogens and
 overwhelming innate immune activation. C-type lectin receptors (CLRs) are PRRs
 recognizing glycan structures on pathogens and self-antigens. Here we examined
 the role of the murine CLR specific intracellular adhesion molecule-3 grabbing
 non-integrin homolog-related 3 (SIGNR3) in the recognition of commensals and
 its involvement in intestinal immunity. SIGNR3 is the closest murine homolog
 of the human dendritic cell-specific intercellular adhesion
 molecule-3-grabbing non-integrin (DC-SIGN) receptor recognizing similar
 carbohydrate ligands such as terminal fucose or high-mannose glycans. We
 discovered that SIGNR3 recognizes fungi present in the commensal microbiota.
@@ -173,51 +173,51 @@
     <t>500 Naturwissenschaften und Mathematik::570 Biowissenschaften; Biologie</t>
   </si>
   <si>
     <t>The C-type lectin receptor SIGNR3 binds to fungi present in commensal
 microbiota and influences immune regulation in experimental colitis</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Frontiers in Immunology. - 4 (2013), S.196</t>
   </si>
   <si>
     <t>10.3389/fimmu.2013.00196</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.3389/fimmu.2013.00196</t>
   </si>
   <si>
     <t>1664-3224</t>
   </si>
   <si>
-    <t>Institut für Tierpathologie:::0b35ef93-8dc9-41e6-bb8e-ea101c500133:::600</t>
+    <t>Institut für Tierpathologie:::0b35ef93-8dc9-41e6-bb8e-ea101c500133:::0</t>
   </si>
   <si>
     <t>Veterinärmedizin</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000005000</t>
   </si>
   <si>
     <t>FUDOCS_document_000000022556</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>