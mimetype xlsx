--- v0 (2025-10-02)
+++ v1 (2025-11-30)
@@ -156,51 +156,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Proposed Rabi-Kondo Correlated State in a Laser-Driven Semiconductor Quantum
 Dot</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Physical Review Letters. - 111 (2013), 15, Artikel Nr. 157402/1-5</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.111.157402</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1103/PhysRevLett.111.157402</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000003204</t>
   </si>
   <si>
     <t>FUDOCS_document_000000019841</t>
   </si>
   <si>
     <t>Der Artikel wurde in einer Open-Access-Zeitschrift publiziert.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>