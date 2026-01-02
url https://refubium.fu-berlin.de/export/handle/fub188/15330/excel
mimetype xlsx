--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -95,51 +95,51 @@
   <si>
     <t>refubium.affiliation.other</t>
   </si>
   <si>
     <t>refubium.affiliation[de]</t>
   </si>
   <si>
     <t>refubium.mycore.derivateId</t>
   </si>
   <si>
     <t>refubium.mycore.fudocsId</t>
   </si>
   <si>
     <t>refubium.note.author</t>
   </si>
   <si>
     <t>refubium.resourceType.isindependentpub</t>
   </si>
   <si>
     <t>0ccbf7e7-949b-481e-9fe1-a4c7d1f4e769</t>
   </si>
   <si>
     <t>fub188/16</t>
   </si>
   <si>
-    <t>Kennes, D. M.||Karrasch, Christoph</t>
+    <t>Kennes, Dante M.||Karrasch, Christoph</t>
   </si>
   <si>
     <t>2018-06-08T03:30:35Z</t>
   </si>
   <si>
     <t>2016-03-22T09:53:19.825Z</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>We discuss a few simple modifications to time-dependent density matrix
 renormalization group (DMRG) algorithms which allow to access larger time
 scales. We specifically aim at beginners and present practical aspects of how
 to implement these modifications within any standard matrix product state
 (MPS) based formulation of the method. Most importantly, we show how to
 ‘combine’ the Schrödinger and Heisenberg time evolutions of arbitrary pure
 states |ψ〉|ψ〉 and operators AA in the evaluation of
 〈A〉ψ(t)=〈ψ|A(t)|ψ〉〈A〉ψ(t)=〈ψ|A(t)|ψ〉. This includes quantum quenches. The
 generalization to (non-)thermal mixed state dynamics
 〈A〉ρ(t)=Tr[ρA(t)]〈A〉ρ(t)=Tr[ρA(t)] induced by an initial density matrix ρρ is
 straightforward. In the context of linear response (ground state or finite
 temperature T&gt;0T&gt;0) correlation functions, one can extend the simulation time
 by a factor of two by ‘exploiting time translation invariance’, which is
 efficiently implementable within MPS DMRG. We present a simple analytic
@@ -170,51 +170,51 @@
     <t>500 Naturwissenschaften und Mathematik::530 Physik</t>
   </si>
   <si>
     <t>Extending the range of real time density matrix renormalization group
 simulations</t>
   </si>
   <si>
     <t>Wissenschaftlicher Artikel</t>
   </si>
   <si>
     <t>open access</t>
   </si>
   <si>
     <t>Computer Physics Communications. - 200 (2016), S. 37-43</t>
   </si>
   <si>
     <t>10.1016/j.cpc.2015.10.019</t>
   </si>
   <si>
     <t>http://dx.doi.org/10.1016/j.cpc.2015.10.019</t>
   </si>
   <si>
     <t>00104655</t>
   </si>
   <si>
-    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::600</t>
+    <t>Institut für Theoretische Physik:::9b3f150d-3d53-491f-8fad-e2dc9be7d978:::0</t>
   </si>
   <si>
     <t>Physik</t>
   </si>
   <si>
     <t>FUDOCS_derivate_000000006165</t>
   </si>
   <si>
     <t>FUDOCS_document_000000024204</t>
   </si>
   <si>
     <t>Bei der pdf-Datei handelt es sich um eine Manuskriptversion des Artikels.</t>
   </si>
   <si>
     <t>no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>